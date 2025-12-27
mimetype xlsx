--- v0 (2025-10-14)
+++ v1 (2025-12-27)
@@ -7,67 +7,82 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdWorkbook" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
     <Relationship Id="rIdCore" Type="http://schemas.openxmlformats.org/officedocument/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
     <Relationship Id="rIdApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Přehled obchodníků" sheetId="1" r:id="rIdSheet1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="110" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115" uniqueCount="115">
   <si>
     <t xml:space="preserve">BADMINTONOVÁ ŠKOLA LETŇANY z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Tupolevova 710</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 9 - Letňany</t>
   </si>
   <si>
     <t xml:space="preserve">19900</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">BLACK ANGELS, z.s.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tupolevova 710</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha 9 - Letňany</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19900</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zdraví/Sport/Krása</t>
+  </si>
+  <si>
     <t xml:space="preserve">Crocogarden z.s. - Berukroužky, ZŠ Fryčovická</t>
   </si>
   <si>
     <t xml:space="preserve">Fryčovická 462</t>
   </si>
   <si>
     <t xml:space="preserve">Praha</t>
   </si>
   <si>
     <t xml:space="preserve">19900</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
     <t xml:space="preserve">Crocogarden z.s. - Berukroužky, ZŠ gen. Františka Fajtla</t>
   </si>
   <si>
     <t xml:space="preserve">Rychnovská 350</t>
   </si>
   <si>
     <t xml:space="preserve">Praha</t>
   </si>
   <si>
     <t xml:space="preserve">19900</t>
@@ -237,81 +252,81 @@
   <si>
     <t xml:space="preserve">19900</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
     <t xml:space="preserve">MiRa jóga</t>
   </si>
   <si>
     <t xml:space="preserve">Beranových 125</t>
   </si>
   <si>
     <t xml:space="preserve">Praha</t>
   </si>
   <si>
     <t xml:space="preserve">19900</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
     <t xml:space="preserve">Prague Tigers z.s.</t>
   </si>
   <si>
+    <t xml:space="preserve">Třinecká 650</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19900</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prague Tigers z.s.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rychnovská 139</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19900</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prague Tigers z.s.</t>
+  </si>
+  <si>
     <t xml:space="preserve">Dobratická 525</t>
-  </si>
-[...28 lines deleted...]
-    <t xml:space="preserve">Rychnovská 139</t>
   </si>
   <si>
     <t xml:space="preserve">Praha</t>
   </si>
   <si>
     <t xml:space="preserve">19900</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
     <t xml:space="preserve">Prostor Letňany</t>
   </si>
   <si>
     <t xml:space="preserve">Křivoklátská 302</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 9 - Letňany</t>
   </si>
   <si>
     <t xml:space="preserve">19900</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
@@ -762,43 +777,60 @@
       </c>
       <c r="D21" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="0" t="s">
         <v>105</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>106</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>107</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>108</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>109</v>
       </c>
     </row>
+    <row r="23" spans="1:5">
+      <c r="A23" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="B23" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="D23" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="E23" s="0" t="s">
+        <v>114</v>
+      </c>
+    </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>